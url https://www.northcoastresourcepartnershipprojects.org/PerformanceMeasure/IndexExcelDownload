--- v0 (2025-11-20)
+++ v1 (2026-01-29)
@@ -1,573 +1,573 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab955ae4c4fb49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/679e79f667a24a708759f86ebe221aab.psmdcp" Id="R0753bd4ab92448d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4c2e8b5c514fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d39631da6594ddd96e264a2ab822fce.psmdcp" Id="R69582ccce07643cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Benefit Performance Mea" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
   <x:si>
     <x:t>Project Benefit Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Measure Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural heritage preservation</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Working land category</x:t>
   </x:si>
   <x:si>
+    <x:t>Dairy</x:t>
+  </x:si>
+  <x:si>
     <x:t>Farming</x:t>
   </x:si>
   <x:si>
+    <x:t>Forestry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ranching</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tribal/cultural</x:t>
   </x:si>
   <x:si>
-    <x:t>Forestry</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Agricultural soil improved</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
     <x:t>Biochar</x:t>
   </x:si>
   <x:si>
     <x:t>Compost</x:t>
   </x:si>
   <x:si>
     <x:t>Cover crops</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>Avoided Costs</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Cost category</x:t>
   </x:si>
   <x:si>
     <x:t>Emergency Repairs and service disruptions</x:t>
   </x:si>
   <x:si>
+    <x:t>Injury and/ or property damage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project costs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road maintenance costs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wastewater treatment costs</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wastewater violations/ fines</x:t>
   </x:si>
   <x:si>
-    <x:t>Wastewater treatment costs</x:t>
-[...8 lines deleted...]
-    <x:t>Injury and/ or property damage</x:t>
+    <x:t>Water supply and/ or treatment costs</x:t>
   </x:si>
   <x:si>
     <x:t>Water supply purchases</x:t>
   </x:si>
   <x:si>
-    <x:t>Water supply and/ or treatment costs</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Biomass Utilization</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Bioenergy</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wood Products</x:t>
   </x:si>
   <x:si>
-    <x:t>Bioenergy</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Capacity Enhancement - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Capacity Enhancement - Type(s) of CE</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
+    <x:t>Equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastructure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Planning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technical Assistance</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipment</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Carbon storage</x:t>
   </x:si>
   <x:si>
     <x:t>Metric Ton (metric tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat type</x:t>
   </x:si>
   <x:si>
+    <x:t>Agriculture</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forest</x:t>
   </x:si>
   <x:si>
+    <x:t>Grasslands</x:t>
+  </x:si>
+  <x:si>
     <x:t>Instream (large wood)</x:t>
   </x:si>
   <x:si>
-    <x:t>Agriculture</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Oak woodlands</x:t>
   </x:si>
   <x:si>
     <x:t>Wetlands</x:t>
   </x:si>
   <x:si>
     <x:t>Community Health and Safety - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Project type</x:t>
   </x:si>
   <x:si>
+    <x:t>Drinking water supply/ quality protection/ improvements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elimination/ reduction of Sanitary Sewer Overflows (SSOs) or other discharges</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Extreme heat mitigation for residences and/ or communities</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fire hardening &amp; defensible space</x:t>
   </x:si>
   <x:si>
+    <x:t>Firefighting readiness improvement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Flood damage reduction</x:t>
   </x:si>
   <x:si>
-    <x:t>Elimination/ reduction of Sanitary Sewer Overflows (SSOs) or other discharges</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Smoke mitigation measures</x:t>
   </x:si>
   <x:si>
-    <x:t>Extreme heat mitigation for residences and/ or communities</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Education &amp; Outreach - # of events</x:t>
   </x:si>
   <x:si>
     <x:t>Education &amp; outreach - # of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Education &amp; Outreach - types of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Participant Types</x:t>
   </x:si>
   <x:si>
+    <x:t>Elected officials</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Homeowner/landowner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professionals (consultants, agency staff, NGOs, RCDs, etc.)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Students</x:t>
   </x:si>
   <x:si>
-    <x:t>Professionals (consultants, agency staff, NGOs, RCDs, etc.)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tribes/ Tribal members</x:t>
   </x:si>
   <x:si>
-    <x:t>General Public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Environmental justice and social equity - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Activity focus</x:t>
   </x:si>
   <x:si>
     <x:t>Capacity building</x:t>
   </x:si>
   <x:si>
+    <x:t>Environmental improvement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Infrastructure improvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Environmental improvement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Firefighting capacity - equipment procurement</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Firefighting capacity/infrastructure improved - # of projects </x:t>
   </x:si>
   <x:si>
     <x:t>Fuels Reduction (area)</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Combined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grazing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual thinning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mechanical thinning</x:t>
   </x:si>
   <x:si>
-    <x:t>Combined</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Fuels Reduction (length)</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Fuel break (&lt;25" wide)</x:t>
   </x:si>
   <x:si>
+    <x:t>Roadside fuel reduction</x:t>
+  </x:si>
+  <x:si>
     <x:t>Utility or other right-of-way clearance</x:t>
   </x:si>
   <x:si>
-    <x:t>Roadside fuel reduction</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GHG reduction - avoided/reduced emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Energy efficiency</x:t>
   </x:si>
   <x:si>
+    <x:t>Forest health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other infrastructure upgrades</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transportation (decrease VMT)</x:t>
   </x:si>
   <x:si>
-    <x:t>Other infrastructure upgrades</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Water/ wastewater infrastructure upgrades</x:t>
   </x:si>
   <x:si>
-    <x:t>Forest health</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Grant applications submitted - # of proposals</x:t>
   </x:si>
   <x:si>
     <x:t>Grant applications submitted - dollar amount applied for</x:t>
   </x:si>
   <x:si>
     <x:t>Grants received - dollar amount awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Groundwater supply/quality improved</x:t>
   </x:si>
   <x:si>
+    <x:t>FloodMar/aquifer recharge</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riparian/floodplain restoration</x:t>
   </x:si>
   <x:si>
-    <x:t>FloodMar/aquifer recharge</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - # of plants</x:t>
   </x:si>
   <x:si>
     <x:t>Plant type</x:t>
   </x:si>
   <x:si>
+    <x:t>Herbaceous (grass or forb; plug, container, etc.)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Woody (tree or shrub; container, bare root, cutting)</x:t>
   </x:si>
   <x:si>
-    <x:t>Herbaceous (grass or forb; plug, container, etc.)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - Acres restored</x:t>
   </x:si>
   <x:si>
+    <x:t>Grassland</x:t>
+  </x:si>
+  <x:si>
     <x:t>Instream</x:t>
   </x:si>
   <x:si>
-    <x:t>Grassland</x:t>
+    <x:t>Riparian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shrubland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wetland - freshwater</x:t>
   </x:si>
   <x:si>
     <x:t>Wetland - saline</x:t>
   </x:si>
   <x:si>
-    <x:t>Wetland - freshwater</x:t>
-[...5 lines deleted...]
-    <x:t>Shrubland</x:t>
+    <x:t>Floodplain hydrogeomorphic enhancement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habitat connectivity</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive species removal</x:t>
   </x:si>
   <x:si>
-    <x:t>Floodplain hydrogeomorphic enhancement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Revegetation</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality improvement/ Pollution prevention</x:t>
   </x:si>
   <x:si>
-    <x:t>Habitat connectivity</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - Stream channel improved</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
+    <x:t>Habitat connectivity (barrier removal, fish ladder, etc.)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hydrogeomorphic improvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Habitat connectivity (barrier removal, fish ladder, etc.)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Honoring &amp; incorporating Tribal priorities - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species/pest management</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment type</x:t>
   </x:si>
   <x:si>
+    <x:t>Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mechanical</x:t>
   </x:si>
   <x:si>
-    <x:t>Chemical</x:t>
-[...2 lines deleted...]
-    <x:t>Manual</x:t>
+    <x:t>forest/woodland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>grassland/wetland</x:t>
   </x:si>
   <x:si>
     <x:t>other</x:t>
   </x:si>
   <x:si>
-    <x:t>grassland/wetland</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>riparian</x:t>
   </x:si>
   <x:si>
-    <x:t>forest/woodland</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Job &amp; Workforce Training - # events</x:t>
   </x:si>
   <x:si>
     <x:t>Job/workforce training - # of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Jobs created or retained (FTE)</x:t>
   </x:si>
   <x:si>
     <x:t>Land protection</x:t>
   </x:si>
   <x:si>
     <x:t>Protection method</x:t>
   </x:si>
   <x:si>
+    <x:t>Community Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation easement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fee title</x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation easement</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Prescribed and/or Cultural Fire</x:t>
   </x:si>
   <x:si>
+    <x:t>Cultural fire/prescribed fire with cultural objectives</x:t>
+  </x:si>
+  <x:si>
     <x:t>pile burn</x:t>
   </x:si>
   <x:si>
     <x:t>prescribed burn - broadcast</x:t>
   </x:si>
   <x:si>
-    <x:t>Cultural fire/prescribed fire with cultural objectives</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Recreation and public access - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Special status species protection</x:t>
   </x:si>
   <x:si>
     <x:t>Protection status</x:t>
   </x:si>
   <x:si>
+    <x:t>Federal endangered/ threatened animal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal endangered/ threatened fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal endangered/ threatened other</x:t>
+  </x:si>
+  <x:si>
     <x:t>Federal endangered/ threatened plant</x:t>
   </x:si>
   <x:si>
+    <x:t>State endangered/ threatened animal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State endangered/ threatened fish</x:t>
+  </x:si>
+  <x:si>
     <x:t>State endangered/ threatened other</x:t>
   </x:si>
   <x:si>
-    <x:t>State endangered/ threatened animal</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>State endangered/ threatened plant</x:t>
   </x:si>
   <x:si>
-    <x:t>State endangered/ threatened fish</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Special status species protection - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance - Type(s) of TA</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Assessments/ Appraisals/ Reports</x:t>
   </x:si>
   <x:si>
+    <x:t>GIS/mapping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant applications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organizational development/strategic planning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Permitting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Plan development/Project Design</x:t>
   </x:si>
   <x:si>
     <x:t>Workshops &amp; training</x:t>
   </x:si>
   <x:si>
-    <x:t>GIS/mapping</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Water quality improved - # of projects</x:t>
   </x:si>
   <x:si>
+    <x:t>Agricultural Best Management Practices (BMPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Decrease Sanitary Sewer Overflows (SSOs)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Increase natural filtration (riparian, field edge plantings, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Residential Best Management Practices (BMPs)</x:t>
   </x:si>
   <x:si>
-    <x:t>Agricultural Best Management Practices (BMPs)</x:t>
+    <x:t>Sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Upgrade wastewater treatment  plants/ onsite wastewater treatment</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality improved - sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality/sediment reduction - culverts improved or replaced</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality/sediment reduction - Mi of Roads treated</x:t>
   </x:si>
   <x:si>
     <x:t>Water supply - infrastructure improvements</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation/efficiency</x:t>
   </x:si>
   <x:si>
     <x:t>Increased storage</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure repair/improvement</x:t>
   </x:si>
@@ -938,59 +938,59 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:M132"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="62.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.630625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="32.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="53.650625" style="0" customWidth="1"/>
-[...7 lines deleted...]
-    <x:col min="13" max="13" width="33.980625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="50.670625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="68.280625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="53.300625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="42.030625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="51.270625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="39.110625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="61.210625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="33.980625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="22.280625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:13">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1075,109 +1075,109 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="0" t="s">
+      <x:c r="I8" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="I8" s="0" t="s">
+      <x:c r="J8" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="s">
+      <x:c r="G11" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="0" t="s">
         <x:v>36</x:v>
@@ -1210,57 +1210,57 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H17" s="0" t="s">
+      <x:c r="I17" s="0" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>45</x:v>
@@ -1317,54 +1317,54 @@
       <x:c r="C23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>39</x:v>
@@ -1425,57 +1425,57 @@
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D32" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
@@ -1648,103 +1648,103 @@
       </x:c>
       <x:c r="D47" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="C48" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -1916,57 +1916,57 @@
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:13">
       <x:c r="A69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D69" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F69" s="0" t="s">
+      <x:c r="G69" s="0" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:13">
       <x:c r="C70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
@@ -1991,77 +1991,77 @@
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:13">
       <x:c r="A73" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D73" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:13">
       <x:c r="C74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D74" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F74" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:13">
       <x:c r="A76" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:13">
       <x:c r="A77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
@@ -2088,57 +2088,57 @@
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:13">
       <x:c r="A80" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D80" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:13">
       <x:c r="C81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D81" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:13">
       <x:c r="A83" s="1" t="s">
         <x:v>0</x:v>
@@ -2253,94 +2253,94 @@
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:13">
       <x:c r="A93" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D93" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:13">
       <x:c r="A95" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:13">
       <x:c r="A96" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D96" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:13">
       <x:c r="A98" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2520,57 +2520,57 @@
       </x:c>
     </x:row>
     <x:row r="111" spans="1:13">
       <x:c r="A111" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="I111" s="0" t="s">
+      <x:c r="J111" s="0" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:13">
       <x:c r="A113" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:13">
       <x:c r="A114" s="0" t="s">
         <x:v>172</x:v>
@@ -2668,57 +2668,57 @@
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:13">
       <x:c r="A123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="G123" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:13">
       <x:c r="A125" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:13">
       <x:c r="A126" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>176</x:v>