--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -1,573 +1,573 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4c2e8b5c514fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d39631da6594ddd96e264a2ab822fce.psmdcp" Id="R69582ccce07643cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e15009e55a4966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfde3d2e12a64d88beb1fc1e8b5452f7.psmdcp" Id="R0f007b0701d849ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Project Benefit Performance Mea" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
   <x:si>
     <x:t>Project Benefit Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Measure Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural heritage preservation</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (count)</x:t>
   </x:si>
   <x:si>
     <x:t>Working land category</x:t>
   </x:si>
   <x:si>
+    <x:t>Farming</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tribal/cultural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forestry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ranching</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dairy</x:t>
   </x:si>
   <x:si>
-    <x:t>Farming</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Agricultural soil improved</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
     <x:t>Biochar</x:t>
   </x:si>
   <x:si>
     <x:t>Compost</x:t>
   </x:si>
   <x:si>
     <x:t>Cover crops</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>Avoided Costs</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar ($)</x:t>
   </x:si>
   <x:si>
     <x:t>Cost category</x:t>
   </x:si>
   <x:si>
     <x:t>Emergency Repairs and service disruptions</x:t>
   </x:si>
   <x:si>
+    <x:t>Wastewater violations/ fines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wastewater treatment costs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road maintenance costs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project costs</x:t>
+  </x:si>
+  <x:si>
     <x:t>Injury and/ or property damage</x:t>
   </x:si>
   <x:si>
-    <x:t>Project costs</x:t>
-[...8 lines deleted...]
-    <x:t>Wastewater violations/ fines</x:t>
+    <x:t>Water supply purchases</x:t>
   </x:si>
   <x:si>
     <x:t>Water supply and/ or treatment costs</x:t>
   </x:si>
   <x:si>
-    <x:t>Water supply purchases</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Biomass Utilization</x:t>
   </x:si>
   <x:si>
     <x:t>Ton (tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Wood Products</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bioenergy</x:t>
   </x:si>
   <x:si>
-    <x:t>Wood Products</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Capacity Enhancement - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Capacity Enhancement - Type(s) of CE</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
+    <x:t>Technical Assistance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure</x:t>
   </x:si>
   <x:si>
     <x:t>Planning</x:t>
   </x:si>
   <x:si>
-    <x:t>Technical Assistance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Carbon storage</x:t>
   </x:si>
   <x:si>
     <x:t>Metric Ton (metric tons)</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat type</x:t>
   </x:si>
   <x:si>
+    <x:t>Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instream (large wood)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agriculture</x:t>
   </x:si>
   <x:si>
-    <x:t>Forest</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Grasslands</x:t>
   </x:si>
   <x:si>
-    <x:t>Instream (large wood)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Oak woodlands</x:t>
   </x:si>
   <x:si>
     <x:t>Wetlands</x:t>
   </x:si>
   <x:si>
     <x:t>Community Health and Safety - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Project type</x:t>
   </x:si>
   <x:si>
+    <x:t>Fire hardening &amp; defensible space</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flood damage reduction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elimination/ reduction of Sanitary Sewer Overflows (SSOs) or other discharges</x:t>
+  </x:si>
+  <x:si>
     <x:t>Drinking water supply/ quality protection/ improvements</x:t>
   </x:si>
   <x:si>
-    <x:t>Elimination/ reduction of Sanitary Sewer Overflows (SSOs) or other discharges</x:t>
+    <x:t>Firefighting readiness improvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smoke mitigation measures</x:t>
   </x:si>
   <x:si>
     <x:t>Extreme heat mitigation for residences and/ or communities</x:t>
   </x:si>
   <x:si>
-    <x:t>Fire hardening &amp; defensible space</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Education &amp; Outreach - # of events</x:t>
   </x:si>
   <x:si>
     <x:t>Education &amp; outreach - # of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Education &amp; Outreach - types of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Participant Types</x:t>
   </x:si>
   <x:si>
+    <x:t>Students</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professionals (consultants, agency staff, NGOs, RCDs, etc.)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tribes/ Tribal members</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elected officials</x:t>
   </x:si>
   <x:si>
-    <x:t>General Public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Homeowner/landowner</x:t>
   </x:si>
   <x:si>
-    <x:t>Professionals (consultants, agency staff, NGOs, RCDs, etc.)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Environmental justice and social equity - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Activity focus</x:t>
   </x:si>
   <x:si>
     <x:t>Capacity building</x:t>
   </x:si>
   <x:si>
+    <x:t>Infrastructure improvement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Environmental improvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Infrastructure improvement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Firefighting capacity - equipment procurement</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Firefighting capacity/infrastructure improved - # of projects </x:t>
   </x:si>
   <x:si>
     <x:t>Fuels Reduction (area)</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical thinning</x:t>
+  </x:si>
+  <x:si>
     <x:t>Combined</x:t>
   </x:si>
   <x:si>
     <x:t>Grazing</x:t>
   </x:si>
   <x:si>
     <x:t>Manual thinning</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical thinning</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fuels Reduction (length)</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Fuel break (&lt;25" wide)</x:t>
   </x:si>
   <x:si>
+    <x:t>Utility or other right-of-way clearance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Roadside fuel reduction</x:t>
   </x:si>
   <x:si>
-    <x:t>Utility or other right-of-way clearance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GHG reduction - avoided/reduced emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Energy efficiency</x:t>
   </x:si>
   <x:si>
+    <x:t>Transportation (decrease VMT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other infrastructure upgrades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water/ wastewater infrastructure upgrades</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forest health</x:t>
   </x:si>
   <x:si>
-    <x:t>Other infrastructure upgrades</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Grant applications submitted - # of proposals</x:t>
   </x:si>
   <x:si>
     <x:t>Grant applications submitted - dollar amount applied for</x:t>
   </x:si>
   <x:si>
     <x:t>Grants received - dollar amount awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Groundwater supply/quality improved</x:t>
   </x:si>
   <x:si>
+    <x:t>Riparian/floodplain restoration</x:t>
+  </x:si>
+  <x:si>
     <x:t>FloodMar/aquifer recharge</x:t>
   </x:si>
   <x:si>
-    <x:t>Riparian/floodplain restoration</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - # of plants</x:t>
   </x:si>
   <x:si>
     <x:t>Plant type</x:t>
   </x:si>
   <x:si>
+    <x:t>Woody (tree or shrub; container, bare root, cutting)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Herbaceous (grass or forb; plug, container, etc.)</x:t>
   </x:si>
   <x:si>
-    <x:t>Woody (tree or shrub; container, bare root, cutting)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - Acres restored</x:t>
   </x:si>
   <x:si>
+    <x:t>Instream</x:t>
+  </x:si>
+  <x:si>
     <x:t>Grassland</x:t>
   </x:si>
   <x:si>
-    <x:t>Instream</x:t>
+    <x:t>Wetland - saline</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wetland - freshwater</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian</x:t>
   </x:si>
   <x:si>
     <x:t>Shrubland</x:t>
   </x:si>
   <x:si>
-    <x:t>Wetland - freshwater</x:t>
-[...2 lines deleted...]
-    <x:t>Wetland - saline</x:t>
+    <x:t>Invasive species removal</x:t>
   </x:si>
   <x:si>
     <x:t>Floodplain hydrogeomorphic enhancement</x:t>
   </x:si>
   <x:si>
+    <x:t>Revegetation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water quality improvement/ Pollution prevention</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habitat connectivity</x:t>
   </x:si>
   <x:si>
-    <x:t>Invasive species removal</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Habitat Restoration - Stream channel improved</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
+    <x:t>Hydrogeomorphic improvement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habitat connectivity (barrier removal, fish ladder, etc.)</x:t>
   </x:si>
   <x:si>
-    <x:t>Hydrogeomorphic improvement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Honoring &amp; incorporating Tribal priorities - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Invasive Species/pest management</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment type</x:t>
   </x:si>
   <x:si>
+    <x:t>Mechanical</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>Manual</x:t>
   </x:si>
   <x:si>
-    <x:t>Mechanical</x:t>
+    <x:t>other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>grassland/wetland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>riparian</x:t>
   </x:si>
   <x:si>
     <x:t>forest/woodland</x:t>
   </x:si>
   <x:si>
-    <x:t>grassland/wetland</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Job &amp; Workforce Training - # events</x:t>
   </x:si>
   <x:si>
     <x:t>Job/workforce training - # of participants</x:t>
   </x:si>
   <x:si>
     <x:t>Jobs created or retained (FTE)</x:t>
   </x:si>
   <x:si>
     <x:t>Land protection</x:t>
   </x:si>
   <x:si>
     <x:t>Protection method</x:t>
   </x:si>
   <x:si>
+    <x:t>Fee title</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservation easement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Community Forest</x:t>
   </x:si>
   <x:si>
-    <x:t>Conservation easement</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Prescribed and/or Cultural Fire</x:t>
   </x:si>
   <x:si>
+    <x:t>pile burn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>prescribed burn - broadcast</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cultural fire/prescribed fire with cultural objectives</x:t>
   </x:si>
   <x:si>
-    <x:t>pile burn</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Recreation and public access - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Special status species protection</x:t>
   </x:si>
   <x:si>
     <x:t>Protection status</x:t>
   </x:si>
   <x:si>
+    <x:t>Federal endangered/ threatened plant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State endangered/ threatened other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State endangered/ threatened animal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State endangered/ threatened plant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State endangered/ threatened fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal endangered/ threatened other</x:t>
+  </x:si>
+  <x:si>
     <x:t>Federal endangered/ threatened animal</x:t>
   </x:si>
   <x:si>
     <x:t>Federal endangered/ threatened fish</x:t>
   </x:si>
   <x:si>
-    <x:t>Federal endangered/ threatened other</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Special status species protection - # of projects</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance - Type(s) of TA</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Technical Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Assessments/ Appraisals/ Reports</x:t>
   </x:si>
   <x:si>
+    <x:t>Plan development/Project Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workshops &amp; training</x:t>
+  </x:si>
+  <x:si>
     <x:t>GIS/mapping</x:t>
   </x:si>
   <x:si>
     <x:t>Grant applications</x:t>
   </x:si>
   <x:si>
+    <x:t>Permitting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Organizational development/strategic planning</x:t>
   </x:si>
   <x:si>
-    <x:t>Permitting</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Water quality improved - # of projects</x:t>
   </x:si>
   <x:si>
+    <x:t>Increase natural filtration (riparian, field edge plantings, etc.)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential Best Management Practices (BMPs)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agricultural Best Management Practices (BMPs)</x:t>
   </x:si>
   <x:si>
+    <x:t>Upgrade wastewater treatment  plants/ onsite wastewater treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Decrease Sanitary Sewer Overflows (SSOs)</x:t>
   </x:si>
   <x:si>
-    <x:t>Increase natural filtration (riparian, field edge plantings, etc.)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sediment reduction</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Upgrade wastewater treatment  plants/ onsite wastewater treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality improved - sediment reduction</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality/sediment reduction - culverts improved or replaced</x:t>
   </x:si>
   <x:si>
     <x:t>Water quality/sediment reduction - Mi of Roads treated</x:t>
   </x:si>
   <x:si>
     <x:t>Water supply - infrastructure improvements</x:t>
   </x:si>
   <x:si>
     <x:t>Acre-Foot (acre-feet)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation/efficiency</x:t>
   </x:si>
   <x:si>
     <x:t>Increased storage</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastructure repair/improvement</x:t>
   </x:si>
@@ -938,59 +938,59 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:M132"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="62.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.630625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="32.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="50.670625" style="0" customWidth="1"/>
-[...7 lines deleted...]
-    <x:col min="13" max="13" width="22.280625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="53.650625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="42.450625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="68.280625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="61.210625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="39.110625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="34.930625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="53.300625" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="33.290625" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="33.980625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:13">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1075,109 +1075,109 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="0" t="s">
         <x:v>36</x:v>
@@ -1210,57 +1210,57 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>45</x:v>
@@ -1317,54 +1317,54 @@
       <x:c r="C23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>39</x:v>
@@ -1425,57 +1425,57 @@
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D32" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G32" s="0" t="s">
+      <x:c r="H32" s="0" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
@@ -1648,103 +1648,103 @@
       </x:c>
       <x:c r="D47" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="C48" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -1916,57 +1916,57 @@
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:13">
       <x:c r="A69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D69" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:13">
       <x:c r="C70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
@@ -1991,77 +1991,77 @@
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:13">
       <x:c r="A73" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D73" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:13">
       <x:c r="C74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D74" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F74" s="0" t="s">
+      <x:c r="H74" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="G74" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H74" s="0" t="s">
+      <x:c r="I74" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:13">
       <x:c r="A76" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:13">
       <x:c r="A77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
@@ -2088,57 +2088,57 @@
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:13">
       <x:c r="A80" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D80" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="G80" s="0" t="s">
+      <x:c r="H80" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:13">
       <x:c r="C81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D81" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:13">
       <x:c r="A83" s="1" t="s">
         <x:v>0</x:v>
@@ -2253,94 +2253,94 @@
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:13">
       <x:c r="A93" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D93" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="G93" s="0" t="s">
+      <x:c r="H93" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:13">
       <x:c r="A95" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:13">
       <x:c r="A96" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D96" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:13">
       <x:c r="A98" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
@@ -2520,57 +2520,57 @@
       </x:c>
     </x:row>
     <x:row r="111" spans="1:13">
       <x:c r="A111" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:13">
       <x:c r="A113" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:13">
       <x:c r="A114" s="0" t="s">
         <x:v>172</x:v>
@@ -2668,57 +2668,57 @@
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:13">
       <x:c r="A123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G123" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G123" s="0" t="s">
+      <x:c r="H123" s="0" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:13">
       <x:c r="A125" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:13">
       <x:c r="A126" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>176</x:v>